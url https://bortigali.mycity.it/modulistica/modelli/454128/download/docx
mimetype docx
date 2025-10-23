--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1138918146"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1138918146"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1881053510"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1881053510"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1881053510"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1138918146"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1138918146"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1881053510"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1881053510"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1881053510"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1138918146"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1138918146"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1881053510"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1881053510"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1881053510"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1138918146"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1138918146"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1881053510"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1881053510"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1881053510"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1138918146"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1138918146"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1881053510"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1881053510"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1881053510"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1138918146"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1138918146"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1881053510"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1881053510"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1881053510"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1138918146"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1138918146"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1881053510"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1881053510"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1881053510"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1138918146"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1138918146"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1881053510"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1881053510"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1881053510"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1138918146"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1138918146"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1881053510"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1881053510"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1881053510"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>