--- v1 (2025-10-23)
+++ v2 (2025-11-13)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1881053510"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1881053510"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1749435628"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1749435628"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1749435628"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1881053510"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1881053510"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1749435628"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1749435628"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1749435628"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1881053510"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1881053510"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1749435628"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1749435628"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1749435628"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1881053510"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1881053510"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1749435628"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1749435628"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1749435628"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1881053510"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1881053510"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1749435628"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1749435628"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1749435628"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1881053510"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1881053510"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1749435628"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1749435628"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1749435628"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1881053510"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1881053510"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1749435628"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1749435628"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1749435628"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1881053510"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1881053510"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1749435628"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1749435628"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1749435628"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1881053510"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1881053510"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1749435628"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1749435628"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1749435628"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>