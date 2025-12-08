--- v2 (2025-11-13)
+++ v3 (2025-12-08)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1749435628"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1749435628"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2632062983"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2632062983"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2632062983"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1749435628"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1749435628"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2632062983"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2632062983"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2632062983"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1749435628"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1749435628"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2632062983"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2632062983"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2632062983"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1749435628"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1749435628"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2632062983"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2632062983"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2632062983"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1749435628"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1749435628"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2632062983"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2632062983"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2632062983"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1749435628"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1749435628"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2632062983"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2632062983"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2632062983"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1749435628"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1749435628"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2632062983"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2632062983"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2632062983"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1749435628"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1749435628"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2632062983"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2632062983"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2632062983"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1749435628"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1749435628"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2632062983"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2632062983"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2632062983"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>