--- v3 (2025-12-08)
+++ v4 (2025-12-28)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2632062983"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2632062983"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1648083328"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1648083328"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1648083328"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2632062983"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2632062983"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1648083328"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1648083328"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1648083328"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2632062983"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2632062983"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1648083328"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1648083328"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1648083328"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2632062983"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2632062983"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1648083328"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1648083328"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1648083328"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2632062983"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2632062983"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1648083328"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1648083328"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1648083328"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2632062983"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2632062983"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1648083328"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1648083328"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1648083328"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2632062983"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2632062983"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1648083328"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1648083328"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1648083328"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2632062983"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2632062983"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1648083328"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1648083328"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1648083328"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2632062983"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2632062983"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1648083328"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1648083328"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1648083328"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>