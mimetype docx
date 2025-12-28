--- v4 (2025-12-28)
+++ v5 (2025-12-28)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1648083328"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1648083328"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2438941480"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2438941480"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2438941480"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1648083328"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1648083328"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2438941480"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2438941480"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2438941480"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1648083328"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1648083328"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2438941480"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2438941480"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2438941480"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1648083328"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1648083328"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2438941480"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2438941480"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2438941480"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1648083328"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1648083328"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2438941480"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2438941480"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2438941480"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1648083328"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1648083328"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2438941480"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2438941480"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2438941480"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1648083328"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1648083328"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2438941480"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2438941480"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2438941480"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1648083328"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1648083328"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2438941480"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2438941480"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2438941480"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1648083328"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1648083328"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2438941480"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2438941480"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2438941480"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>