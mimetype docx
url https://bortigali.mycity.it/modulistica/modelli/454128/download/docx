--- v5 (2025-12-28)
+++ v6 (2026-01-17)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2438941480"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2438941480"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1236383125"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1236383125"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1236383125"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2438941480"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2438941480"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1236383125"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1236383125"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1236383125"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2438941480"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2438941480"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1236383125"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1236383125"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1236383125"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2438941480"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2438941480"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1236383125"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1236383125"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1236383125"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2438941480"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2438941480"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1236383125"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1236383125"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1236383125"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2438941480"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2438941480"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1236383125"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1236383125"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1236383125"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2438941480"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2438941480"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1236383125"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1236383125"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1236383125"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2438941480"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2438941480"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1236383125"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1236383125"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1236383125"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2438941480"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2438941480"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1236383125"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1236383125"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1236383125"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>