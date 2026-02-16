--- v6 (2026-01-17)
+++ v7 (2026-02-16)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1236383125"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1236383125"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4238269097"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_4238269097"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4238269097"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1236383125"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1236383125"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4238269097"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_4238269097"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4238269097"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1236383125"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1236383125"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4238269097"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_4238269097"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4238269097"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1236383125"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1236383125"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4238269097"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_4238269097"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4238269097"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1236383125"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1236383125"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4238269097"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_4238269097"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4238269097"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1236383125"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1236383125"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4238269097"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_4238269097"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4238269097"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1236383125"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1236383125"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4238269097"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_4238269097"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4238269097"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1236383125"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1236383125"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4238269097"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_4238269097"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4238269097"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1236383125"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1236383125"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_4238269097"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_4238269097"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_4238269097"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>