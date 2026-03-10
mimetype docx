--- v7 (2026-02-16)
+++ v8 (2026-03-10)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4238269097"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4238269097"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1284963738"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1284963738"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1284963738"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4238269097"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4238269097"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1284963738"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1284963738"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1284963738"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4238269097"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4238269097"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1284963738"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1284963738"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1284963738"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4238269097"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4238269097"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1284963738"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1284963738"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1284963738"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4238269097"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4238269097"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1284963738"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1284963738"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1284963738"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4238269097"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4238269097"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1284963738"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1284963738"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1284963738"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4238269097"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4238269097"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1284963738"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1284963738"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1284963738"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4238269097"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4238269097"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1284963738"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1284963738"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1284963738"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_4238269097"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_4238269097"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1284963738"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1284963738"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1284963738"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>