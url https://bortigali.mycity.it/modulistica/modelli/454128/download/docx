--- v8 (2026-03-10)
+++ v9 (2026-03-30)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1284963738"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1284963738"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_174897877"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_174897877"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_174897877"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1284963738"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1284963738"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_174897877"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_174897877"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_174897877"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1284963738"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1284963738"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_174897877"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_174897877"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_174897877"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1284963738"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1284963738"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_174897877"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_174897877"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_174897877"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1284963738"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1284963738"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_174897877"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_174897877"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_174897877"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1284963738"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1284963738"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_174897877"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_174897877"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_174897877"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1284963738"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1284963738"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_174897877"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_174897877"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_174897877"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1284963738"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1284963738"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_174897877"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_174897877"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_174897877"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1284963738"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1284963738"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_174897877"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_174897877"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_174897877"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>