--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4061641494"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4061641494"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_214973231"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_214973231"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_214973231"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4061641494"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4061641494"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_214973231"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_214973231"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_214973231"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4061641494"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4061641494"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_214973231"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_214973231"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_214973231"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4061641494"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4061641494"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_214973231"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_214973231"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_214973231"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4061641494"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4061641494"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_214973231"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_214973231"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_214973231"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4061641494"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4061641494"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_214973231"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_214973231"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_214973231"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4061641494"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4061641494"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_214973231"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_214973231"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_214973231"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4061641494"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4061641494"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_214973231"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_214973231"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_214973231"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>