--- v1 (2025-10-23)
+++ v2 (2025-11-13)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_214973231"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_214973231"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_407806490"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_407806490"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_407806490"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_214973231"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_214973231"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_407806490"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_407806490"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_407806490"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_214973231"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_214973231"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_407806490"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_407806490"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_407806490"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_214973231"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_214973231"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_407806490"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_407806490"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_407806490"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_214973231"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_214973231"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_407806490"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_407806490"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_407806490"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_214973231"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_214973231"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_407806490"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_407806490"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_407806490"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_214973231"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_214973231"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_407806490"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_407806490"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_407806490"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_214973231"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_214973231"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_407806490"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_407806490"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_407806490"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>