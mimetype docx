--- v2 (2025-11-13)
+++ v3 (2025-12-06)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_407806490"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_407806490"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1151645035"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1151645035"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1151645035"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_407806490"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_407806490"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1151645035"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1151645035"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1151645035"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_407806490"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_407806490"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1151645035"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1151645035"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1151645035"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_407806490"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_407806490"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1151645035"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1151645035"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1151645035"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_407806490"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_407806490"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1151645035"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1151645035"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1151645035"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_407806490"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_407806490"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1151645035"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1151645035"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1151645035"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_407806490"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_407806490"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1151645035"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1151645035"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1151645035"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_407806490"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_407806490"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1151645035"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1151645035"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1151645035"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>