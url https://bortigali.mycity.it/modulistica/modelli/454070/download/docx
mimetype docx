--- v3 (2025-12-06)
+++ v4 (2025-12-26)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1151645035"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1151645035"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4134822581"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_4134822581"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4134822581"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1151645035"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1151645035"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4134822581"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_4134822581"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4134822581"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1151645035"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1151645035"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4134822581"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_4134822581"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4134822581"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1151645035"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1151645035"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4134822581"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_4134822581"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4134822581"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1151645035"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1151645035"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4134822581"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_4134822581"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4134822581"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1151645035"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1151645035"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4134822581"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_4134822581"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4134822581"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1151645035"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1151645035"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4134822581"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_4134822581"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4134822581"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1151645035"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1151645035"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4134822581"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_4134822581"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4134822581"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>