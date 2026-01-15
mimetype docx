--- v4 (2025-12-26)
+++ v5 (2026-01-15)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4134822581"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4134822581"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2675313725"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2675313725"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2675313725"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4134822581"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4134822581"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2675313725"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2675313725"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2675313725"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4134822581"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4134822581"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2675313725"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2675313725"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2675313725"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4134822581"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4134822581"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2675313725"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2675313725"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2675313725"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4134822581"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4134822581"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2675313725"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2675313725"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2675313725"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4134822581"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4134822581"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2675313725"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2675313725"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2675313725"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4134822581"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4134822581"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2675313725"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2675313725"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2675313725"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4134822581"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4134822581"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2675313725"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2675313725"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2675313725"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>