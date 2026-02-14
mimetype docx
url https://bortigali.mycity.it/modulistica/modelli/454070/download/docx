--- v5 (2026-01-15)
+++ v6 (2026-02-14)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2675313725"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2675313725"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1916858104"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1916858104"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1916858104"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2675313725"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2675313725"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1916858104"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1916858104"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1916858104"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2675313725"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2675313725"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1916858104"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1916858104"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1916858104"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2675313725"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2675313725"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1916858104"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1916858104"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1916858104"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2675313725"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2675313725"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1916858104"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1916858104"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1916858104"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2675313725"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2675313725"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1916858104"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1916858104"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1916858104"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2675313725"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2675313725"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1916858104"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1916858104"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1916858104"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2675313725"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2675313725"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1916858104"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1916858104"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1916858104"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>