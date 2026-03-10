--- v6 (2026-02-14)
+++ v7 (2026-03-10)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1916858104"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1916858104"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_416054489"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_416054489"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_416054489"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1916858104"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1916858104"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_416054489"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_416054489"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_416054489"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1916858104"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1916858104"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_416054489"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_416054489"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_416054489"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1916858104"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1916858104"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_416054489"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_416054489"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_416054489"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1916858104"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1916858104"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_416054489"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_416054489"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_416054489"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1916858104"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1916858104"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_416054489"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_416054489"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_416054489"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1916858104"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1916858104"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_416054489"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_416054489"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_416054489"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1916858104"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1916858104"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_416054489"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_416054489"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_416054489"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>