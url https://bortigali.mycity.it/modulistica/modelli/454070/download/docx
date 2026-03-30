--- v7 (2026-03-10)
+++ v8 (2026-03-30)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_416054489"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_416054489"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_489510329"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_489510329"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_489510329"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_416054489"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_416054489"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_489510329"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_489510329"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_489510329"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_416054489"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_416054489"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_489510329"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_489510329"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_489510329"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_416054489"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_416054489"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_489510329"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_489510329"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_489510329"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_416054489"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_416054489"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_489510329"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_489510329"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_489510329"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_416054489"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_416054489"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_489510329"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_489510329"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_489510329"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_416054489"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_416054489"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_489510329"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_489510329"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_489510329"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_416054489"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_416054489"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_489510329"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_489510329"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_489510329"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>